--- v0 (2025-12-06)
+++ v1 (2026-03-07)
@@ -54,132 +54,132 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>LM</t>
   </si>
   <si>
     <t>Lei Municipal</t>
   </si>
   <si>
     <t>PODER EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/154/51942fda2d5c731c053f65f94246adaf.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/154/51942fda2d5c731c053f65f94246adaf.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE AOS SERVIDORES OCUPANTES DOS CARGOS DE PROFESSOR.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/153/92c55e44eecadbe69b23eb3df8a572d4.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/153/92c55e44eecadbe69b23eb3df8a572d4.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL NO EXERCÍCIO FINANCEIRO DE 2022, PARA OS PROFISSIONAIS DA EDUCAÇÃO (APOIO ADMINISTRATIVO), FICANDO ALTERADA A REDAÇÃO DO ARTIGO 60, E DOS SEUS RESPECTIVOS INCISOS, DA LEI MUNICIPAL Nº 763/2010, DE 18 DE JANEIRO DE 2010, E A LEI Nº 861/2019, DE 26 DE MARÇO DE 2019, DANDO OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/152/e97ccab440afa21ea30c01b1b598892f.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/152/e97ccab440afa21ea30c01b1b598892f.pdf</t>
   </si>
   <si>
     <t>DISPÕE ACERCA DA CONCESSÃO DE REAJUSTE SALARIAL AOS SERVIDORES EFETIVOS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO DE CURIMATÁ-PI.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/150/3268bb8d95c02705a3ae2dbd47d926b3_rotated.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/150/3268bb8d95c02705a3ae2dbd47d926b3_rotated.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O VALOR DOS VENCIMENTOS DOS CARGOS DA SECRETARIA MUNICIPAL DE SAÚDE DE CURIMATÁ-PI.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/149/8c5c77710fa94c976c9a87f76b313776_1_rotated.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/149/8c5c77710fa94c976c9a87f76b313776_1_rotated.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS VALORES QUE COMPÕEM A REMUNERAÇÃO DO CARGO DE MÉDICO (A)  DA SECRETARIA MUNICIPAL DE SAÚDE DE CURIMATÁ-PI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/148/7e4b5f89a21ec7a2a5ff22ce341bc6f5_rotated_1.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/148/7e4b5f89a21ec7a2a5ff22ce341bc6f5_rotated_1.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS VALORES QUE COMPÕEM A REMUNERAÇÃO DOS CARGOS DE AGENTE COMUNITÁRIO DE SAÚDE E AGENTES DE COMBATE AS ENDEMIAS DA SECRETARIA MUNICIPAL DE SAÚDE DE CURIMATÁ-PI.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/248/dm_4536_252_curimata_resolucao_002-22_pag_165.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/248/dm_4536_252_curimata_resolucao_002-22_pag_165.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE SOBRE A FIXAÇÃO DE REMUNERAÇÃO AOS SERVIDORES COMISSIONADOS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -486,68 +486,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/154/51942fda2d5c731c053f65f94246adaf.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/153/92c55e44eecadbe69b23eb3df8a572d4.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/152/e97ccab440afa21ea30c01b1b598892f.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/150/3268bb8d95c02705a3ae2dbd47d926b3_rotated.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/149/8c5c77710fa94c976c9a87f76b313776_1_rotated.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/148/7e4b5f89a21ec7a2a5ff22ce341bc6f5_rotated_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/248/dm_4536_252_curimata_resolucao_002-22_pag_165.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/154/51942fda2d5c731c053f65f94246adaf.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/153/92c55e44eecadbe69b23eb3df8a572d4.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/152/e97ccab440afa21ea30c01b1b598892f.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/150/3268bb8d95c02705a3ae2dbd47d926b3_rotated.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/149/8c5c77710fa94c976c9a87f76b313776_1_rotated.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/148/7e4b5f89a21ec7a2a5ff22ce341bc6f5_rotated_1.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/sapl/public/materialegislativa/2022/248/dm_4536_252_curimata_resolucao_002-22_pag_165.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="119.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="118.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>