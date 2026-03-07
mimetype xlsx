--- v0 (2025-12-06)
+++ v1 (2026-03-07)
@@ -51,442 +51,442 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/</t>
+    <t>http://sapl.curimata.pi.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">COMPOSIÇÃO DAS COMISSÕES PARLAMENTARES DE CONSTITUIÇÃO, LEGISLAÇÃO E JUSTIÇA - CCLJ, EDUCAÇÃO, CULTURA E ASSISTÊNCIA SOCIAL - CECAS, FISCALIZAÇÃO, FINANÇAS, CONTROLE E TRIBUTAÇÃO - CFFCT E INFRAESTRUTURA E DEFESA DO CONSUMIDOR - CIDC._x000D_
 </t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>LM</t>
   </si>
   <si>
     <t>Lei Municipal</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE O RECONHECIMENTO DE FUNDAÇÃO NÚCLEO CRISTÃO CIDADANIA E VIDA &amp;#8211; NCCV COMO ENTIDADE DE UTILIDADE PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>ADONALDO RODRIGUES BASTOS</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PODER EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A ATUALIZAÇÃO DO PISO SALARIAL DOS AGENTES DE COMUNITÁRIOS 	DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A ATUALIZAÇÃO DO PISO SALARIAL DOS AGENTES DE COMBATE ÀS ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>PROF. NAZINHA</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/63/63_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE AMPLIAÇÃO DA COBERTURA DOS SERVIÇOS DE INTERNET OI VELOX NO MUNICÍPIO DE CURIMATÁ.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>GÁBINO</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE OBRA PARA ESCOAMENTO D&amp;#8217;ÁGUA NA RUA MESTRE MARCOLINO &amp;#8211; EM FRENTE À CASA DO SENHOR ZÉ LUIZ.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>ALBA REGINA</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE DUAS LOMBADAS NA AVENIDA TELESFORO GUERRA; UMA EM CADA SENTIDO DA VIA: UMA EM FRENTE À CASA DO SR. CRISPIM E OUTRO EM FRENTE AO MURO DO SENHOR WALTER.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO PARA AVERIGUAÇÃO DAS CASAS DO CONJUNTO HABITACIONAL NERCINO VALTER QUE ENCONTRAM-SE EM DESUSO POR PARTE DA PESSOA CONTEMPLADA PELO PROGRAMA DO GOVERNO FEDERAL.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO CONSTRUÇÃO DE LOMBADA NO POVOADO LAGOA DAS COVAS &amp;#8211; EM FRENTE À UNIDADE ESCOLAR EMANUEL LEITE SANTANA.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>CLEDERSON NUNES</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REFORMAS DAS QUADRAS POLIESPORTIVAS DO COMPLEXO E DA VILA BRANCA.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAÇÃO DE CONSTRUÇÃO DE UMA LOMBADA NA AVENIDA CURIMATÁ &amp;#8211; SAÍDA PARA AVELINO LOPES, EM FRENTE AO HOTEL PARAÍSO. </t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>NOQUINHA</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE LOMBADA EM FRENTE AO EDUCANDÁRIO NOSSA SENHORA DO BOM SUCESSO.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE LOMBADA NA AVENIDA VALDECIR RODRIGUES DE ALBUQUERQUE, PRÓXIMO AO BAR DE FELIX.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE UM PAR DE TRAVE PARA O CAMPO DE FUTEBOL DO POVOADO ESPINHOS.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>ZEMAR</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE UM CAMPO DE FUTEBOL NO POVOADO BAIO.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONSTRUÇÃO DE LOMBADA NA LOCALIDADE LAGOA GRANDE, ENTRE A CASA DOS SENHORES DANIEL E GILBERTO.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAÇÃO DE ROÇO NAS ESTRADAS VICINAIS QUE LIGA OS POVOADOS BAIXÃO DO EUZÉBIO E PAJEÚ. </t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAÇÃO DE ROÇO NAS ESTRADAS VICINAIS QUE LIGA OS POVOADOS BAIXÃO DO RIACHO E BAIO. </t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ROÇO NAS ESTRADAS VICINAIS QUE LIGA OS POVOADOS BAIXÃO DO EUZÉBIO E PAJEÚ.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE TERRAPLANAGEM DA ESTRADA VICINAL QUE LIGA OS POVOADOS DE PIRIPIRI E LAGOA DAS COVAS, NO TRECHO DE GUIOMAR A LAGOA DO PIQUE.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE TERRAPLANAGEM DA ESTRADA VICINAL QUE LIGA O POVOADO RIACHO ATÉ À ESCOLA DAQUELA LOCALIDADE.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DA BALANÇA NO MATADOURO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE DOCUMENTOS DE LICITATÓRIOS DA OBRA DE CRECHE SEVERIANA VARGAS REFERENTE AO ANO DE 2015.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Plenário</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE PARA QUE SEJA TOMADAS AS DEVIDAS PROVIDÊNCIAS, EM CARÁTER DE URGÊNCIA, NO SENTIDO DE COLOCAR UM SINAL DE INTERNET NO CENTRO SOCIAL URBANO PARA QUE OS BENEFICIÁRIOS DO PROGRAMA BOLSA FAMÍLIA NÃO SEJAM PREJUDICADOS PELA FALTA DOS SERVIÇOS QUE DEPENDEM DA INTERNET PARA SEREM REALIZADOS.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ENCAMINHAMENTO DA RELAÇÃO NOMINAL DOS BENEFICIÁRIOS DO PROGRAMA BOLSA FAMÍLIA NO MUNICÍPIO DE CURIMATÁ A ESTE PODER.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE REAJUSTE DOS VALORES DAS GRATIFICAÇÕES ADICIONAIS DO PLANO DE CARREIRA, CARGOS, VENCIMENTO E REMUNERAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO DO MUNICÍPIO DE CURIMATÁ, PREVISTO NO ART. 65 DA LEI 763/2010.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA QUE A CONFECÇÃO, REGISTRO E PUBLICAÇÃO DAS ATAS DAS SESSÕES, LEIS, DECRETOS E TODOS OS ATOS OFICIAIS DO PODER LEGISLATIVO DE CURIMATÁ SE FAÇAM POR MEIO ELETRÔNICO E REGULA SUA DIVULGAÇÃO PELA REDE MUNDIAL DE COMPUTADORES (INTERNET) E DETERMINA LIVRE ACESSO A TODOS OS INTERESSADOS COM AS EXCEÇÕES QUE INDICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf</t>
+    <t>http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>"FIXA NOS TERMOS DA EN N° 58/2009, OS SUBSIDIOS DOS VEREADORES E DO PRESIDENTE DA CÂMARA MUNICIPAL DE CURIMATÁ, NA FORMA QUE INDICA, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -793,68 +793,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.curimata.pi.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>